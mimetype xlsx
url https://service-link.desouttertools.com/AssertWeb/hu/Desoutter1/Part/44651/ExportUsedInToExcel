--- v0 (2025-12-13)
+++ v1 (2026-03-14)
@@ -189,51 +189,51 @@
   <si>
     <t>6151703470</t>
   </si>
   <si>
     <t>KL245B9Y</t>
   </si>
   <si>
     <t>6151703440</t>
   </si>
   <si>
     <t>KL260B9Y</t>
   </si>
   <si>
     <t>6151703500</t>
   </si>
   <si>
     <t>KL360B9Y</t>
   </si>
   <si>
     <t>6151704340</t>
   </si>
   <si>
     <t>KA16120H5K</t>
   </si>
   <si>
-    <t>Spare Parts/ Included Accessories 4</t>
+    <t>Spare Parts/ Included accessories 4</t>
   </si>
   <si>
     <t>6151704440</t>
   </si>
   <si>
     <t>KA16120H5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>