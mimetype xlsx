--- v0 (2025-12-15)
+++ v1 (2026-03-20)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <si>
     <t>Product No.</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>2051474964</t>
   </si>
   <si>
     <t>DR300-T20000-C8</t>
   </si>
   <si>
     <t>Spare Parts/ General view</t>
   </si>
   <si>
     <t>2051474934</t>
   </si>
   <si>
     <t>DR300-T5500-C8</t>
   </si>
   <si>
@@ -100,53 +100,50 @@
     <t>1465084</t>
   </si>
   <si>
     <t>DR750-P1300-C10</t>
   </si>
   <si>
     <t>2051472444</t>
   </si>
   <si>
     <t>DR350-P1000-C10</t>
   </si>
   <si>
     <t>Spare Parts/ Included accessories</t>
   </si>
   <si>
     <t>2051472424</t>
   </si>
   <si>
     <t>DR350-P550-C10</t>
   </si>
   <si>
     <t>2051476644</t>
   </si>
   <si>
     <t>DR500-P1800-C10</t>
-  </si>
-[...1 lines deleted...]
-    <t>Spare Parts/ General View</t>
   </si>
   <si>
     <t>2051476614</t>
   </si>
   <si>
     <t>DR500-P1400-C10</t>
   </si>
   <si>
     <t>2051476584</t>
   </si>
   <si>
     <t>DR500-P1000-C10</t>
   </si>
   <si>
     <t>6151760550</t>
   </si>
   <si>
     <t>Spare Parts/ ACC. INCL. : CHUCK</t>
   </si>
   <si>
     <t>6151760530</t>
   </si>
 </sst>
 </file>
 
@@ -367,109 +364,109 @@
         <v>26</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>32</v>
+        <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B19" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="B19" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="0" t="s">
-        <v>32</v>
+        <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="B21" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="B21" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="0" t="s">
-        <v>32</v>
+        <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>