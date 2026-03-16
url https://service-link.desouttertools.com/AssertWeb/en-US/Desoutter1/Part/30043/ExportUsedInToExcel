--- v0 (2025-11-25)
+++ v1 (2026-03-16)
@@ -21,51 +21,51 @@
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="322" uniqueCount="322">
   <si>
     <t>Product No.</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>6151761570</t>
   </si>
   <si>
     <t>DR450-T1000-QR</t>
   </si>
   <si>
-    <t>Spare Parts/ General View</t>
+    <t>Spare Parts/ General view</t>
   </si>
   <si>
     <t>Spare Parts/ Set of colored plastic rings</t>
   </si>
   <si>
     <t>6151761580</t>
   </si>
   <si>
     <t>DR450-T1400-QR</t>
   </si>
   <si>
     <t>6151761590</t>
   </si>
   <si>
     <t>DR450-T1800-QR</t>
   </si>
   <si>
     <t>6151761600</t>
   </si>
   <si>
     <t>DR450-T2700-QR</t>
   </si>
   <si>
     <t>6151761610</t>
   </si>